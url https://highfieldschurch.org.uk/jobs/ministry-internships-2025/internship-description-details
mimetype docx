--- v0 (2025-10-09)
+++ v1 (2025-12-19)
@@ -7,2807 +7,2880 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="191F8D97" w14:textId="77777777" w:rsidR="004A323C" w:rsidRDefault="00146F68" w:rsidP="00AE09ED">
+    <w:p w14:paraId="191F8D97" w14:textId="0A6A74B4" w:rsidR="004A323C" w:rsidRDefault="004B452F" w:rsidP="00AE09ED">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77B76FE1" wp14:editId="534C1355">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1" descr="Screen%20Shot%202018-01-10%20at%2015.05.15.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B7CA0BE" wp14:editId="624870CC">
+            <wp:extent cx="1897380" cy="1102786"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="2540"/>
+            <wp:docPr id="1506771072" name="Picture 1" descr="A logo with a black background&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Screen%20Shot%202018-01-10%20at%2015.05.15.png"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1506771072" name="Picture 1" descr="A logo with a black background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1819275" cy="1206500"/>
+                      <a:ext cx="1912707" cy="1111694"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A879C2A" w14:textId="77777777" w:rsidR="004A323C" w:rsidRPr="00663251" w:rsidRDefault="004A323C" w:rsidP="00AE09ED">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F7EEDF1" w14:textId="77777777" w:rsidR="00921EDD" w:rsidRPr="004A323C" w:rsidRDefault="00921EDD" w:rsidP="00AE09ED">
+    <w:p w14:paraId="6F7EEDF1" w14:textId="77777777" w:rsidR="00921EDD" w:rsidRPr="00C904C3" w:rsidRDefault="00921EDD" w:rsidP="00AE09ED">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Moret" w:hAnsi="Moret"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A323C">
-        <w:rPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Moret" w:hAnsi="Moret"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>JOB DESCRIPTION</w:t>
       </w:r>
-      <w:r w:rsidR="00B82523" w:rsidRPr="004A323C">
-        <w:rPr>
+      <w:r w:rsidR="00B82523" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Moret" w:hAnsi="Moret"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; PERSON SPECIFICATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737B2BF6" w14:textId="214EE054" w:rsidR="009063D0" w:rsidRPr="004A323C" w:rsidRDefault="0083219E" w:rsidP="00AE09ED">
+    <w:p w14:paraId="737B2BF6" w14:textId="214EE054" w:rsidR="009063D0" w:rsidRPr="00C904C3" w:rsidRDefault="0083219E" w:rsidP="00AE09ED">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry </w:t>
       </w:r>
-      <w:r w:rsidR="00EA1D1C">
-        <w:rPr>
+      <w:r w:rsidR="00EA1D1C" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Internship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57526E7B" w14:textId="17655451" w:rsidR="00460609" w:rsidRDefault="00460609" w:rsidP="00460609">
+    <w:p w14:paraId="57526E7B" w14:textId="6F045B61" w:rsidR="00460609" w:rsidRPr="0074623C" w:rsidRDefault="00460609" w:rsidP="00460609">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Ministry </w:t>
       </w:r>
-      <w:r w:rsidR="00EA1D1C">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00EA1D1C" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Internship</w:t>
       </w:r>
-      <w:r w:rsidRPr="00460609">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:r w:rsidR="00D667E5">
-[...13 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00D667E5" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highfields Church, Cardiff is an </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D667E5" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">month </w:t>
+      </w:r>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>training programme</w:t>
       </w:r>
-      <w:r w:rsidRPr="00460609">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for those </w:t>
       </w:r>
-      <w:r w:rsidR="0083219E">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wanting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00460609">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="0083219E">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">either explore a calling into </w:t>
       </w:r>
-      <w:r w:rsidR="006A4AC0">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="006A4AC0" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>full-time Christian m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00460609">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>inistry</w:t>
       </w:r>
-      <w:r w:rsidR="0083219E">
-[...13 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or to serve in </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">local church to discover and develop </w:t>
+      </w:r>
+      <w:r w:rsidR="00791B5C" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="00CB448A">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00CB448A" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00791B5C">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00791B5C" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00CB448A">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00CB448A" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="0083219E">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> gifts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1065571A" w14:textId="77777777" w:rsidR="00460609" w:rsidRDefault="00460609" w:rsidP="00460609">
+    <w:p w14:paraId="1065571A" w14:textId="77777777" w:rsidR="00460609" w:rsidRPr="0074623C" w:rsidRDefault="00460609" w:rsidP="00460609">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1ACB41EF" w14:textId="21B467A0" w:rsidR="00460609" w:rsidRDefault="00460609" w:rsidP="2E2E1BCA">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACB41EF" w14:textId="4E0E9EB8" w:rsidR="00460609" w:rsidRPr="0074623C" w:rsidRDefault="00460609" w:rsidP="2E2E1BCA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...11 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">You will be </w:t>
       </w:r>
-      <w:r w:rsidR="00495DA9" w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00495DA9" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>serving</w:t>
       </w:r>
-      <w:r w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> as part of a team within a large, diverse church that is situated in the heart of the city, whilst obtaining in-</w:t>
       </w:r>
-      <w:r w:rsidR="0083219E" w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">house </w:t>
       </w:r>
-      <w:r w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>theological</w:t>
       </w:r>
-      <w:r w:rsidR="0083219E" w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0083219E" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="006A4AC0" w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="006A4AC0" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ministry</w:t>
       </w:r>
-      <w:r w:rsidRPr="2E2E1BCA">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> training</w:t>
       </w:r>
-      <w:r w:rsidR="65289D49" w:rsidRPr="2E2E1BCA">
-[...24 lines deleted...]
-    <w:p w14:paraId="02AD3E3A" w14:textId="77777777" w:rsidR="00460609" w:rsidRPr="00460609" w:rsidRDefault="00460609" w:rsidP="00460609">
+      <w:r w:rsidR="65289D49" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk214962612"/>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">going on </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="65289D49" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cross</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="65289D49" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cultural mission trip to serve with one of our mission partners overseas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.  As a church we are passionate about reaching people with the good news of Jesus, making and maturing disciples</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and investing in the next generation of leaders. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AD3E3A" w14:textId="77777777" w:rsidR="00460609" w:rsidRPr="0074623C" w:rsidRDefault="00460609" w:rsidP="00460609">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="3ABE36FE" w14:textId="317651ED" w:rsidR="00720CE0" w:rsidRPr="004A323C" w:rsidRDefault="00720CE0" w:rsidP="1256F3C1">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ABE36FE" w14:textId="21EBE74A" w:rsidR="00720CE0" w:rsidRPr="0074623C" w:rsidRDefault="00720CE0" w:rsidP="1256F3C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Ministry Intern will be a committed Christian with evangelical convictions and show a love and concern for the spiritual growth of people in their care. They will s</w:t>
+      </w:r>
+      <w:r w:rsidR="14921F2F" w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">erve </w:t>
       </w:r>
-      <w:r w:rsidRPr="1256F3C1">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0074623C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>alongside the staff team to make and grow disciples amongst the church family at Highfields and beyond.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426F3CCB" w14:textId="77777777" w:rsidR="00720CE0" w:rsidRDefault="00720CE0" w:rsidP="00460609">
+    <w:p w14:paraId="426F3CCB" w14:textId="77777777" w:rsidR="00720CE0" w:rsidRPr="00C904C3" w:rsidRDefault="00720CE0" w:rsidP="00460609">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="416632A2" w14:textId="6E8183CB" w:rsidR="00720CE0" w:rsidRPr="00A219F4" w:rsidRDefault="00460609" w:rsidP="00460609">
+    <w:p w14:paraId="416632A2" w14:textId="2C93A518" w:rsidR="00720CE0" w:rsidRPr="00C904C3" w:rsidRDefault="00460609" w:rsidP="00460609">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A219F4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="001F7380" w:rsidRPr="00A219F4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="001F7380" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Internship </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A219F4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">programme </w:t>
       </w:r>
-      <w:r w:rsidR="00720CE0" w:rsidRPr="00A219F4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00720CE0" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>has three distinct parts:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="03AAF66C" w14:textId="77777777" w:rsidR="00F92EDE" w:rsidRDefault="00F92EDE" w:rsidP="00460609">
+        <w:t xml:space="preserve">has </w:t>
+      </w:r>
+      <w:r w:rsidR="00601E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="00720CE0" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> distinct parts:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AAF66C" w14:textId="77777777" w:rsidR="00F92EDE" w:rsidRPr="00C904C3" w:rsidRDefault="00F92EDE" w:rsidP="00460609">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7734EECB" w14:textId="4EAF2CFF" w:rsidR="001B42AF" w:rsidRDefault="00720CE0" w:rsidP="00A219F4">
+    <w:p w14:paraId="7734EECB" w14:textId="460343C4" w:rsidR="001B42AF" w:rsidRPr="00C904C3" w:rsidRDefault="00720CE0" w:rsidP="00A219F4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ministry Assistant</w:t>
       </w:r>
-      <w:r w:rsidR="00F92EDE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00F92EDE" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD792C">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00CD792C" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Employee</w:t>
       </w:r>
-      <w:r w:rsidR="00C6443B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C6443B" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (8 hours per week)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6443B" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours per week)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DC9F66" w14:textId="79DC44A3" w:rsidR="001B42AF" w:rsidRPr="00491193" w:rsidRDefault="00523B67" w:rsidP="00460609">
+    <w:p w14:paraId="3E42D579" w14:textId="7214D1AE" w:rsidR="00C10EE6" w:rsidRPr="00C904C3" w:rsidRDefault="00C10EE6" w:rsidP="00C10EE6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Working for the church </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:t xml:space="preserve">8 hours per week: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">as an employee </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Working for the church as an employee undertaking general church administration – this could include serving on the reception desk, preparing the order of service and slides for the Sunday services, preparing the weekly church email or helping organise and deliver </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>church</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>wide events, such as a church day away and evangelistic events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7792F613" w14:textId="6A4E75A8" w:rsidR="00C904C3" w:rsidRPr="00C904C3" w:rsidRDefault="00C10EE6" w:rsidP="00C904C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 hours per week: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C904C3" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Formal training on the Resource South Wales Ministry Training Programme, plus tutorial discussions with the Pastoral team. You will also be assigned a ministry mentor who will support you in your internship and in your growth in holiness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E21E46" w14:textId="77BC72D3" w:rsidR="001B42AF" w:rsidRPr="00C904C3" w:rsidRDefault="001C5FC5" w:rsidP="00C10EE6">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Salary:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B6019">
-[...31 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>£</w:t>
+      </w:r>
+      <w:r w:rsidR="007D27A6" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000230E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00980516">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidR="000230E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A436B0" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587A3DC4" w14:textId="77777777" w:rsidR="00843DA2" w:rsidRPr="00C904C3" w:rsidRDefault="00843DA2" w:rsidP="00460609">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02C356F5" w14:textId="3FE781E0" w:rsidR="00CD792C" w:rsidRPr="00C904C3" w:rsidRDefault="004B452F" w:rsidP="0074623C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD792C" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ministry Experience Volunteer (</w:t>
+      </w:r>
+      <w:r w:rsidR="00843DA2" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>21.5 hours per week)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03640063" w14:textId="23BCEB36" w:rsidR="001B6019" w:rsidRPr="00C904C3" w:rsidRDefault="00843DA2" w:rsidP="1256F3C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This part of the programme is flexible enough for it to be </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tailor</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>made to your ministry area of choice w</w:t>
+      </w:r>
+      <w:r w:rsidR="7B5CDAF2" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hich could be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Student ministry, Children’s ministry, Youth ministry</w:t>
+      </w:r>
+      <w:r w:rsidR="7BF5D808" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Internationals ministry</w:t>
+      </w:r>
+      <w:r w:rsidR="375C56CD" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E21E46" w14:textId="4ECA00F9" w:rsidR="001B42AF" w:rsidRPr="00843DA2" w:rsidRDefault="001C5FC5" w:rsidP="00843DA2">
+    <w:p w14:paraId="41B24BFB" w14:textId="0AA0AEF9" w:rsidR="001B6019" w:rsidRPr="00C904C3" w:rsidRDefault="001B6019" w:rsidP="001B6019">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>You will have the opportunity to serve alongside the Pastors and Ministry Leaders within the church, who will provide you with invaluable teaching and practical support to help discover and develop skills and experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1DD795" w14:textId="77777777" w:rsidR="00002A26" w:rsidRPr="00C904C3" w:rsidRDefault="00002A26" w:rsidP="00002A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>You will assist in the delivery of weekly ministry activities, as well as the pastoral care for volunteers and participants within your chosen ministry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC07D6B" w14:textId="219838C8" w:rsidR="00002A26" w:rsidRPr="00C904C3" w:rsidRDefault="00002A26" w:rsidP="00002A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prepare and deliver gospel talks </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>your chosen ministry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9862A4" w14:textId="77777777" w:rsidR="00002A26" w:rsidRDefault="00002A26" w:rsidP="00002A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Prepare and deliver one to one Bible studies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FFA0D16" w14:textId="77777777" w:rsidR="004B452F" w:rsidRPr="00C904C3" w:rsidRDefault="004B452F" w:rsidP="0074623C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A8CD3B9" w14:textId="645F7E10" w:rsidR="002F1192" w:rsidRPr="00C904C3" w:rsidRDefault="00932AE0" w:rsidP="1256F3C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Support Raising Target:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>£</w:t>
+      </w:r>
+      <w:r w:rsidR="58A53BB3" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>000 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF36CC" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this will be done through a Stewardship Account – support raising </w:t>
+      </w:r>
+      <w:r w:rsidR="00097028" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r w:rsidR="00262720" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ining will be given)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74367690" w14:textId="77777777" w:rsidR="00843DA2" w:rsidRPr="00C904C3" w:rsidRDefault="00843DA2" w:rsidP="00843DA2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Lato" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="250A929A" w14:textId="77777777" w:rsidR="00004854" w:rsidRPr="00C904C3" w:rsidRDefault="00004854" w:rsidP="00004854">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A6D6D1" w14:textId="77777777" w:rsidR="007D269A" w:rsidRPr="00C904C3" w:rsidRDefault="007D269A" w:rsidP="00004854">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The successful candidate will be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188BE499" w14:textId="17B796B7" w:rsidR="007D269A" w:rsidRPr="00C904C3" w:rsidRDefault="007D269A" w:rsidP="00004854">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A p</w:t>
+      </w:r>
+      <w:r w:rsidR="004A323C" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rayerful, </w:t>
+      </w:r>
+      <w:r w:rsidR="004A323C" w:rsidRPr="00A74F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">committed Christian who agrees with the Highfields Church </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74F7F" w:rsidRPr="00A74F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">basis </w:t>
+      </w:r>
+      <w:r w:rsidR="004A323C" w:rsidRPr="00A74F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of faith</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74F7F" w:rsidRPr="00A74F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00A74F7F" w:rsidRPr="00A74F7F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Highfields Church Basis of Faith</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B7013A" w:rsidRPr="00A74F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="004A323C" w:rsidRPr="00A74F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A323C" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00810DD8" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statements</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00724D99" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004B452F" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00724D99" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">well as the FIEC ethos statements </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00724D99" w:rsidRPr="00C904C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>h</w:t>
+        </w:r>
+        <w:r w:rsidR="00724D99" w:rsidRPr="00C904C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ttps://fiec.org.uk/about-us/beliefs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004B452F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CD7ECC" w14:textId="77777777" w:rsidR="007D269A" w:rsidRPr="00C904C3" w:rsidRDefault="007D269A" w:rsidP="00004854">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Someone with a demonstrable love and concern for </w:t>
+      </w:r>
+      <w:r w:rsidR="00295329" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the spiritual growth and practical needs of </w:t>
+      </w:r>
+      <w:r w:rsidR="007C74B8" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidR="00295329" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within their care</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7013A" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B86414E" w14:textId="77777777" w:rsidR="00B7013A" w:rsidRPr="00C904C3" w:rsidRDefault="00B7013A" w:rsidP="00004854">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Able to </w:t>
+      </w:r>
+      <w:r w:rsidR="00980FE5" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB448A" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>self-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>motivate</w:t>
+      </w:r>
+      <w:r w:rsidR="00980FE5" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>organise</w:t>
+      </w:r>
+      <w:r w:rsidR="00980FE5" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d, teachable, use initiative and work well within a team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18844E71" w14:textId="68A3389D" w:rsidR="00580504" w:rsidRPr="00C904C3" w:rsidRDefault="00580504" w:rsidP="00004854">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Someone ideally </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7013A" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who has already served in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00980FE5" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ministry area</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7013A" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7013A" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>local church.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C1F754" w14:textId="77777777" w:rsidR="00980FE5" w:rsidRPr="00C904C3" w:rsidRDefault="00980FE5" w:rsidP="00004854">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23EEBB9F" w14:textId="2182F881" w:rsidR="007D269A" w:rsidRPr="00C904C3" w:rsidRDefault="00B82523" w:rsidP="00004854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Start date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00671889">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>End date:</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3DF7" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> July 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00671889">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ACF8B0" w14:textId="77777777" w:rsidR="00BB1655" w:rsidRPr="00C904C3" w:rsidRDefault="00BB1655" w:rsidP="00BB1655">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Applications:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...623 lines deleted...]
-        <w:r w:rsidR="00724D99" w:rsidRPr="00724D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request an application form from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00C904C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>h</w:t>
-[...8 lines deleted...]
-          <w:t>ttps://fiec.org.uk/about-us/beliefs</w:t>
+          <w:t>applications@highfieldschurch.org.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00724D99" w:rsidRPr="00724D99">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...47 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and return it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Friday 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2A34">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January 2026, interviews Friday 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020556C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B86414E" w14:textId="77777777" w:rsidR="00B7013A" w:rsidRDefault="00B7013A" w:rsidP="00004854">
-[...441 lines deleted...]
-    <w:p w14:paraId="1BB14215" w14:textId="07AB153D" w:rsidR="00CB448A" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
+    <w:p w14:paraId="1BB14215" w14:textId="07AB153D" w:rsidR="00CB448A" w:rsidRPr="00C904C3" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="495A6C1F" w14:textId="77777777" w:rsidR="00CE78E8" w:rsidRDefault="00CE78E8" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="495A6C1F" w14:textId="77777777" w:rsidR="00CE78E8" w:rsidRPr="00C904C3" w:rsidRDefault="00CE78E8" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7A40DF77" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A40DF77" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRPr="00C904C3" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="25C9CF25" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C9CF25" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRPr="00C904C3" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4A1C7C1B" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1C7C1B" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRPr="00C904C3" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="41D20474" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF6A8C5" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3101BE84" w14:textId="77777777" w:rsidR="00CB448A" w:rsidRDefault="00CB448A" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highfields </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Church Background </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B546BC" w14:textId="77777777" w:rsidR="006674B8" w:rsidRPr="00C904C3" w:rsidRDefault="006674B8" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2AF6A8C5" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00AE09ED" w:rsidRDefault="00AE09ED" w:rsidP="006674B8">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C678AD6" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="006674B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Times"/>
-          <w:b/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE09ED">
-[...12 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Church B</w:t>
-[...76 lines deleted...]
-    <w:p w14:paraId="5B462D33" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00AE09ED" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
+        <w:t xml:space="preserve">Highfields Church is an independent, evangelical church in the centre of Cardiff, with a large and diverse congregation. We have a wide-ranging ministry team and a passion for the gospel in Cardiff, Wales and the world. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B462D33" w14:textId="58BFC6E2" w:rsidR="00AE09ED" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Times"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE09ED">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Highfields is committed to gospel-centred ministry. We want everything we do and are to be to be shaped by the good news about Jesus found in the Bible: his life, death, resurrection and return. This means that at the heart of our church life together is the study and application of God’s Word, in dependence on the Holy Spirit. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E40E84D" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00AE09ED" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
+        <w:t xml:space="preserve">Highfields is committed to gospel-centred ministry. We want everything we do and are to be to be shaped by the good news about Jesus found in the Bible: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">life, death, resurrection and return. This means that at the heart of our church life together is the study and application of God’s Word, in dependence on the Holy Spirit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E40E84D" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Times"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE09ED">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>We take as a general theological framework the</w:t>
       </w:r>
-      <w:r w:rsidR="00F45DD0">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times"/>
+      <w:r w:rsidR="00F45DD0" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE09ED">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">eformed ‘doctrines of grace’ emphasising the sovereignty of God in salvation but we do not hold a cessationist position on the gifts of the Holy Spirit. In our commitment to keep the gospel central, Highfields has accepted and practised both believer and infant baptism according to the convictions of individual members and elders. We also encourage women to be actively involved throughout the life, ministry and teaching of the church, although we reserve eldership and preaching for men only. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1CA599" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00AE5627" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
+    <w:p w14:paraId="0B1CA599" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE09ED">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">We are committed to making the Christian faith intelligible and relevant to our contemporary context. We are happy to partner </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">with all churches that uphold the central tenets of the evangelical faith and who would be in agreement with our own doctrinal basis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01382BF6" w14:textId="457D4AB2" w:rsidR="00AE5627" w:rsidRPr="00AE5627" w:rsidRDefault="00AE09ED" w:rsidP="00AE5627">
+    <w:p w14:paraId="01382BF6" w14:textId="503DC2DD" w:rsidR="00AE5627" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="00AE5627">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Our </w:t>
       </w:r>
-      <w:r w:rsidR="00AE5627" w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AE5627" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>aim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> at Highfields Church is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5627" w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AE5627" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> spread a passion for Jesus</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5627" w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AE5627" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> through ‘worshipping our God</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> through ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orshipping </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5627" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>our God; Sharing our lives; Equipping His people</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5627" w:rsidRPr="00AE5627">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AE5627" w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sharing our lives</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="56A702D3" w14:textId="7F6F0173" w:rsidR="00AE5627" w:rsidRPr="00AE5627" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
+        <w:t xml:space="preserve"> and Engaging His world. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A702D3" w14:textId="6C696E4D" w:rsidR="00AE5627" w:rsidRPr="00C904C3" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE5627">
+      <w:r w:rsidRPr="00C904C3">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Worshipping our God</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Worshipping our God: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>As people redeemed by Jesus, we want knowing and worshipping our God to be at the core of our experience. We listen to God’s word and respond with songs of praise and prayers of dependence, desiring to submit our whole lives as living sacrifices to God</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>As people redeemed by Jesus, we want knowing and worshipping our God to be at the core of our experience.  We listen to God’s word and respond with songs of praise and prayers of dependence, desiring to submit our whole lives as living sacrifices to God</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B2CF55A" w14:textId="02214255" w:rsidR="00AE5627" w:rsidRPr="00AE5627" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2CF55A" w14:textId="23B96DE5" w:rsidR="00AE5627" w:rsidRPr="00C904C3" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE5627">
+      <w:r w:rsidRPr="00C904C3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Sharing our lives</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Sharing our lives: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>As a growing church, we want to live as a caring, vibrant family together, carrying one another’s burdens and setting one another’s needs before our own. We want Highfields to be a place of belonging and a place of growth where the love of Christ is shared and experienced among us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0297C6FF" w14:textId="1BB9AFA7" w:rsidR="00AE5627" w:rsidRPr="00C904C3" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C904C3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">Equipping His people: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>As a growing church, we want to live as a caring, vibrant family together, carrying one another’s burdens and setting one another’s needs before our own.  We want Highfields to be a place of belonging and a place of growth where the love of Christ is shared and experienced among us.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0297C6FF" w14:textId="2901FE3B" w:rsidR="00AE5627" w:rsidRPr="00AE5627" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
+        <w:t>As a serving church, we want to continue to equip God’s people for ministry both within and outside</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA645E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the church. We want to develop the gifts God has given each one of us for the building up of the body of Christ, maturing together to become more like Christ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A456DA4" w14:textId="7F90DCE4" w:rsidR="00AE5627" w:rsidRPr="00C904C3" w:rsidRDefault="00AE5627" w:rsidP="00AE5627">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE5627">
+      <w:r w:rsidRPr="00C904C3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Equipping His people</w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">Engaging His world: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...97 lines deleted...]
-    <w:p w14:paraId="398BAE43" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00AE09ED" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
+        </w:rPr>
+        <w:t>As a mission-minded church that God has established in a cosmopolitan city of great need, we want to communicate the gospel of hope to those living near to us and to those God brings to our city. We want to extend the love of Christ to vulnerable people in word and action. We want to reach the nations with the good news of Jesus. We believe that the gospel is a message of hope and that the Church is the hope of the world. Therefore, we want to see the whole church (all ages), reaching the whole world (all nations) with the whole gospel (in word and deed).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398BAE43" w14:textId="77777777" w:rsidR="00AE09ED" w:rsidRPr="00C904C3" w:rsidRDefault="00AE09ED" w:rsidP="00AE09ED">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Times"/>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE09ED">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times"/>
+      <w:r w:rsidRPr="00C904C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Highfields Church is a member of both the FIEC and EA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA915D5" w14:textId="77777777" w:rsidR="00074C8C" w:rsidRPr="004A323C" w:rsidRDefault="00074C8C" w:rsidP="00AE09ED">
+    <w:p w14:paraId="3EA915D5" w14:textId="77777777" w:rsidR="00074C8C" w:rsidRPr="00C904C3" w:rsidRDefault="00074C8C" w:rsidP="00AE09ED">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00074C8C" w:rsidRPr="004A323C" w:rsidSect="00004854">
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00074C8C" w:rsidRPr="00C904C3" w:rsidSect="00004854">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B67DD50" w14:textId="77777777" w:rsidR="00060C1F" w:rsidRDefault="00060C1F" w:rsidP="00055ECC">
+    <w:p w14:paraId="2B67180E" w14:textId="77777777" w:rsidR="000F451A" w:rsidRDefault="000F451A" w:rsidP="00055ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A833D82" w14:textId="77777777" w:rsidR="00060C1F" w:rsidRDefault="00060C1F" w:rsidP="00055ECC">
+    <w:p w14:paraId="3B8E0D50" w14:textId="77777777" w:rsidR="000F451A" w:rsidRDefault="000F451A" w:rsidP="00055ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2833,81 +2906,96 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Moret">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26653A3D" w14:textId="77777777" w:rsidR="00060C1F" w:rsidRDefault="00060C1F" w:rsidP="00055ECC">
+    <w:p w14:paraId="386B599B" w14:textId="77777777" w:rsidR="000F451A" w:rsidRDefault="000F451A" w:rsidP="00055ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57D1FDCF" w14:textId="77777777" w:rsidR="00060C1F" w:rsidRDefault="00060C1F" w:rsidP="00055ECC">
+    <w:p w14:paraId="4286121F" w14:textId="77777777" w:rsidR="000F451A" w:rsidRDefault="000F451A" w:rsidP="00055ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14DA15C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5942CA9E"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3080,50 +3168,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E327E55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5942CA9E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A64240C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="432668E0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3220,218 +3394,241 @@
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1134560408">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1093747158">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1757432370">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="4" w16cid:durableId="1320302867">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00074C8C"/>
     <w:rsid w:val="00002A26"/>
     <w:rsid w:val="00004854"/>
+    <w:rsid w:val="000230E5"/>
     <w:rsid w:val="00055ECC"/>
-    <w:rsid w:val="00060C1F"/>
     <w:rsid w:val="00074C8C"/>
     <w:rsid w:val="00094E63"/>
     <w:rsid w:val="00097028"/>
     <w:rsid w:val="00097F10"/>
     <w:rsid w:val="000E66CC"/>
+    <w:rsid w:val="000F451A"/>
     <w:rsid w:val="00146F68"/>
     <w:rsid w:val="00153A9B"/>
     <w:rsid w:val="00173A89"/>
     <w:rsid w:val="001B42AF"/>
     <w:rsid w:val="001B6019"/>
     <w:rsid w:val="001C03C8"/>
     <w:rsid w:val="001C3DF7"/>
     <w:rsid w:val="001C5482"/>
     <w:rsid w:val="001C5FC5"/>
     <w:rsid w:val="001C6453"/>
     <w:rsid w:val="001F7380"/>
-    <w:rsid w:val="00243898"/>
+    <w:rsid w:val="0020556C"/>
     <w:rsid w:val="00262720"/>
     <w:rsid w:val="00295329"/>
     <w:rsid w:val="002A625E"/>
     <w:rsid w:val="002F1192"/>
     <w:rsid w:val="00300C34"/>
+    <w:rsid w:val="00325E55"/>
     <w:rsid w:val="00334731"/>
     <w:rsid w:val="00337EC3"/>
+    <w:rsid w:val="00356258"/>
     <w:rsid w:val="0040134D"/>
     <w:rsid w:val="004172C8"/>
     <w:rsid w:val="00452332"/>
     <w:rsid w:val="00460609"/>
     <w:rsid w:val="00465390"/>
     <w:rsid w:val="00491193"/>
     <w:rsid w:val="00495DA9"/>
     <w:rsid w:val="004A323C"/>
+    <w:rsid w:val="004B452F"/>
     <w:rsid w:val="004F6411"/>
+    <w:rsid w:val="005158AB"/>
     <w:rsid w:val="0051690F"/>
     <w:rsid w:val="00523B67"/>
+    <w:rsid w:val="00524AAF"/>
     <w:rsid w:val="00580504"/>
     <w:rsid w:val="005907F2"/>
-    <w:rsid w:val="00595E0C"/>
     <w:rsid w:val="005A12EE"/>
-    <w:rsid w:val="00621277"/>
+    <w:rsid w:val="00601E9C"/>
     <w:rsid w:val="00663251"/>
     <w:rsid w:val="006643EA"/>
     <w:rsid w:val="006674B8"/>
+    <w:rsid w:val="00671889"/>
     <w:rsid w:val="006866A6"/>
     <w:rsid w:val="006A4AC0"/>
     <w:rsid w:val="0070011B"/>
     <w:rsid w:val="00720CE0"/>
     <w:rsid w:val="00724D99"/>
+    <w:rsid w:val="0074623C"/>
     <w:rsid w:val="00754F5B"/>
     <w:rsid w:val="00775192"/>
     <w:rsid w:val="00791B5C"/>
     <w:rsid w:val="007A7EFF"/>
     <w:rsid w:val="007C74B8"/>
     <w:rsid w:val="007D269A"/>
     <w:rsid w:val="007D27A6"/>
     <w:rsid w:val="0080521D"/>
     <w:rsid w:val="00810DD8"/>
     <w:rsid w:val="00816213"/>
     <w:rsid w:val="0083219E"/>
     <w:rsid w:val="00843DA2"/>
     <w:rsid w:val="009063D0"/>
     <w:rsid w:val="00921EDD"/>
     <w:rsid w:val="00932AE0"/>
+    <w:rsid w:val="00980516"/>
     <w:rsid w:val="00980FE5"/>
     <w:rsid w:val="00994E17"/>
     <w:rsid w:val="009B25C8"/>
     <w:rsid w:val="009C5466"/>
     <w:rsid w:val="00A219F4"/>
     <w:rsid w:val="00A406DE"/>
+    <w:rsid w:val="00A436B0"/>
+    <w:rsid w:val="00A74F7F"/>
     <w:rsid w:val="00AE09ED"/>
     <w:rsid w:val="00AE5627"/>
     <w:rsid w:val="00AE5EB6"/>
     <w:rsid w:val="00B046E1"/>
     <w:rsid w:val="00B158B4"/>
     <w:rsid w:val="00B20DB5"/>
     <w:rsid w:val="00B7013A"/>
     <w:rsid w:val="00B82523"/>
     <w:rsid w:val="00BA3A29"/>
+    <w:rsid w:val="00BB1655"/>
     <w:rsid w:val="00BF02D3"/>
     <w:rsid w:val="00BF36CC"/>
+    <w:rsid w:val="00C10EE6"/>
     <w:rsid w:val="00C12729"/>
+    <w:rsid w:val="00C30F05"/>
     <w:rsid w:val="00C559E6"/>
     <w:rsid w:val="00C6443B"/>
     <w:rsid w:val="00C71286"/>
+    <w:rsid w:val="00C904C3"/>
     <w:rsid w:val="00CB0C19"/>
     <w:rsid w:val="00CB448A"/>
     <w:rsid w:val="00CD792C"/>
     <w:rsid w:val="00CE78E8"/>
     <w:rsid w:val="00CF5DA6"/>
+    <w:rsid w:val="00D165EB"/>
     <w:rsid w:val="00D21582"/>
     <w:rsid w:val="00D663B6"/>
     <w:rsid w:val="00D667E5"/>
     <w:rsid w:val="00D84D6D"/>
     <w:rsid w:val="00DC603C"/>
     <w:rsid w:val="00DE7A8C"/>
     <w:rsid w:val="00E532BA"/>
     <w:rsid w:val="00EA1D1C"/>
     <w:rsid w:val="00EC667C"/>
     <w:rsid w:val="00EC6FCE"/>
     <w:rsid w:val="00F17C82"/>
     <w:rsid w:val="00F30EC7"/>
     <w:rsid w:val="00F45DD0"/>
     <w:rsid w:val="00F92EDE"/>
     <w:rsid w:val="00FA16D4"/>
+    <w:rsid w:val="00FA645E"/>
+    <w:rsid w:val="00FB2A34"/>
     <w:rsid w:val="00FE3E7D"/>
     <w:rsid w:val="00FF2215"/>
     <w:rsid w:val="01EC6811"/>
     <w:rsid w:val="06D10B3B"/>
     <w:rsid w:val="1044840F"/>
     <w:rsid w:val="1256F3C1"/>
     <w:rsid w:val="14921F2F"/>
     <w:rsid w:val="154FBA15"/>
+    <w:rsid w:val="187B4B06"/>
     <w:rsid w:val="1A9DA663"/>
     <w:rsid w:val="1CFB5D64"/>
     <w:rsid w:val="22979819"/>
     <w:rsid w:val="28EE3A9D"/>
     <w:rsid w:val="29372395"/>
     <w:rsid w:val="29F5EE41"/>
     <w:rsid w:val="2E2E1BCA"/>
     <w:rsid w:val="36D96302"/>
     <w:rsid w:val="375C56CD"/>
     <w:rsid w:val="4200C875"/>
     <w:rsid w:val="4249C1C7"/>
     <w:rsid w:val="457D534C"/>
+    <w:rsid w:val="53C88C01"/>
     <w:rsid w:val="58A53BB3"/>
     <w:rsid w:val="5F9AA3BD"/>
     <w:rsid w:val="65289D49"/>
     <w:rsid w:val="67EB4DE2"/>
     <w:rsid w:val="78DCEFD9"/>
     <w:rsid w:val="794A717A"/>
     <w:rsid w:val="7B5CDAF2"/>
     <w:rsid w:val="7BF5D808"/>
     <w:rsid w:val="7D4D234E"/>
     <w:rsid w:val="7F5E5660"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
@@ -3899,51 +4096,50 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F6411"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00460609"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00055ECC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3983,67 +4179,65 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00055ECC"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C5466"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C5466"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="009C5466"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C5466"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
@@ -4085,101 +4279,125 @@
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00AE5627"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="body">
     <w:name w:val="body"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AE5627"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B452F"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A74F7F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="163473047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1941446493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2017491725">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:applications@highfieldschurch.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fiec.org.uk/about-us/beliefs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:applications@highfieldschurch.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fiec.org.uk/about-us/beliefs" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.highfieldschurch.org.uk/about-us/basis-of-faith" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4423,85 +4641,78 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="84acec1e-174f-412c-b6a9-082242bf9695" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="74e16527-d085-40bb-b372-45006dba62d9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74e16527-d085-40bb-b372-45006dba62d9" xmlns:ns3="84acec1e-174f-412c-b6a9-082242bf9695" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="71aa482a7f5b3cd12f9d293fdca85d6f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003046BFF32A19D242BE83CF4747EFA4C5" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2d248eb484f1c2acac85b287fc8d9333">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74e16527-d085-40bb-b372-45006dba62d9" xmlns:ns3="84acec1e-174f-412c-b6a9-082242bf9695" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea63fd5eb24f24209bcd2039f068fdc2" ns2:_="" ns3:_="">
     <xsd:import namespace="74e16527-d085-40bb-b372-45006dba62d9"/>
     <xsd:import namespace="84acec1e-174f-412c-b6a9-082242bf9695"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="74e16527-d085-40bb-b372-45006dba62d9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4537,50 +4748,60 @@
     <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="433f22ef-34c9-41b5-95f8-4bf8a8937adc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="26" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="84acec1e-174f-412c-b6a9-082242bf9695" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4680,103 +4901,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3BA2CE3-D137-4A59-8A7A-105E3992B540}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="84acec1e-174f-412c-b6a9-082242bf9695"/>
     <ds:schemaRef ds:uri="74e16527-d085-40bb-b372-45006dba62d9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F04BD6BE-A9A8-470A-9A64-2FA296670964}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E4C8A4C-92AE-4E13-B2EA-799873155DC6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B38F439-2E29-4908-AAD1-A834A90B4590}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="74e16527-d085-40bb-b372-45006dba62d9"/>
     <ds:schemaRef ds:uri="84acec1e-174f-412c-b6a9-082242bf9695"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F04BD6BE-A9A8-470A-9A64-2FA296670964}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>975</Words>
-  <Characters>5558</Characters>
+  <Words>988</Words>
+  <Characters>5638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>ADVERT</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6520</CharactersWithSpaces>
+  <CharactersWithSpaces>6613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ADVERT</dc:title>
   <dc:creator>PETER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003046BFF32A19D242BE83CF4747EFA4C5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>